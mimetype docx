--- v0 (2025-12-11)
+++ v1 (2026-02-07)
@@ -1638,110 +1638,113 @@
   <w:num w:numId="6" w16cid:durableId="1637106171">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1575355908">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1744256804">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1316422649">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1627736341">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003F0C18"/>
     <w:rsid w:val="00031E81"/>
+    <w:rsid w:val="00116DE4"/>
     <w:rsid w:val="00130EFE"/>
     <w:rsid w:val="00155082"/>
     <w:rsid w:val="0019264E"/>
     <w:rsid w:val="001F17E7"/>
     <w:rsid w:val="00326CEA"/>
     <w:rsid w:val="003B6CBB"/>
     <w:rsid w:val="003F0C18"/>
     <w:rsid w:val="00430C9B"/>
     <w:rsid w:val="00456AB6"/>
     <w:rsid w:val="0046105B"/>
     <w:rsid w:val="004A6E9F"/>
     <w:rsid w:val="00511087"/>
     <w:rsid w:val="005421A9"/>
     <w:rsid w:val="005472AE"/>
     <w:rsid w:val="00586394"/>
     <w:rsid w:val="005A662E"/>
     <w:rsid w:val="005F76E1"/>
     <w:rsid w:val="006244C3"/>
     <w:rsid w:val="007E4AFB"/>
     <w:rsid w:val="008F501F"/>
     <w:rsid w:val="009315C8"/>
     <w:rsid w:val="00950ED6"/>
     <w:rsid w:val="00967A0A"/>
+    <w:rsid w:val="00A20EBF"/>
     <w:rsid w:val="00A21C4A"/>
     <w:rsid w:val="00A60C0E"/>
     <w:rsid w:val="00A9785C"/>
     <w:rsid w:val="00AB271B"/>
     <w:rsid w:val="00AC4869"/>
     <w:rsid w:val="00AD246E"/>
     <w:rsid w:val="00C071F4"/>
     <w:rsid w:val="00C11D63"/>
     <w:rsid w:val="00D66B9F"/>
     <w:rsid w:val="00DA34C8"/>
     <w:rsid w:val="00DD1D0D"/>
     <w:rsid w:val="00E32AB0"/>
     <w:rsid w:val="00E95827"/>
     <w:rsid w:val="00EC4E05"/>
     <w:rsid w:val="00F23416"/>
     <w:rsid w:val="00F934CC"/>
+    <w:rsid w:val="00FF1440"/>
     <w:rsid w:val="034439D7"/>
     <w:rsid w:val="038A8415"/>
     <w:rsid w:val="05A3660E"/>
     <w:rsid w:val="05EB7EB6"/>
     <w:rsid w:val="07946C85"/>
     <w:rsid w:val="0BA96AA0"/>
     <w:rsid w:val="0BCDCAA2"/>
     <w:rsid w:val="10008928"/>
     <w:rsid w:val="10A91387"/>
     <w:rsid w:val="10EE71B7"/>
     <w:rsid w:val="19F22A9B"/>
     <w:rsid w:val="1D93C571"/>
     <w:rsid w:val="1E89018A"/>
     <w:rsid w:val="1EFFA173"/>
     <w:rsid w:val="23EB7608"/>
     <w:rsid w:val="2657ADBB"/>
     <w:rsid w:val="26DE85F5"/>
     <w:rsid w:val="2B6FE76F"/>
     <w:rsid w:val="2B908E37"/>
     <w:rsid w:val="2BEE4CBA"/>
     <w:rsid w:val="2F55220C"/>
     <w:rsid w:val="327E87E8"/>
     <w:rsid w:val="347F06C9"/>
     <w:rsid w:val="34A9C5ED"/>
     <w:rsid w:val="36A306A8"/>
@@ -1775,51 +1778,51 @@
     <w:rsid w:val="6E18C2B0"/>
     <w:rsid w:val="70229B04"/>
     <w:rsid w:val="72D00872"/>
     <w:rsid w:val="745A107B"/>
     <w:rsid w:val="77D11BF3"/>
     <w:rsid w:val="7C1E13D7"/>
     <w:rsid w:val="7E6FFDAE"/>
     <w:rsid w:val="7EE01F79"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="67D4DB0F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5304709E-1976-4EFB-B936-C35F75E53816}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
@@ -3191,65 +3194,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010064A2E081C25EA84B9F7B6B867A9015AB" ma:contentTypeVersion="7" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="12aa6539cc35c4a6005f3da572c00197">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="850a4d05-2204-4545-990e-1f03acce293b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="36d90a46b7c0df951b157c8f2413d47a" ns2:_="">
     <xsd:import namespace="850a4d05-2204-4545-990e-1f03acce293b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="850a4d05-2204-4545-990e-1f03acce293b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -3367,107 +3355,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E14EFCE-A586-4C94-B615-F6DFE693B8FF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="850a4d05-2204-4545-990e-1f03acce293b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E269B94-2FB5-4C60-838C-327B05A42E9F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D29CF4DC-EF4E-4F50-BCE3-72DE49D6D118}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="850a4d05-2204-4545-990e-1f03acce293b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>44</Words>
-  <Characters>306</Characters>
+  <Words>51</Words>
+  <Characters>302</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Generation Work Group Agenda</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>343</CharactersWithSpaces>
+  <CharactersWithSpaces>342</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Generation Work Group Agenda</dc:title>
   <dc:subject/>
   <dc:creator>Brouwer, Ben</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010064A2E081C25EA84B9F7B6B867A9015AB</vt:lpwstr>
   </property>